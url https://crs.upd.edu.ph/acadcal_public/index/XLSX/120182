--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -15,1012 +15,1018 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Second Semester AY 2018-2019" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="5">
+    <font>
+      <name val="Arial"/>
+      <charset val="1"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <family val="0"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border diagonalDown="false" diagonalUp="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:G38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Regular Academic Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Second Semester AY 2018-2019</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Important: This calendar is an amalgamation of the official calendars approved by the BOR (Board of Regents) and the OUR (Office of the University Registrar). For the official calendar published by the BOR, you may get a copy in their website (http://upd.edu.ph).</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4"/>
-[...1 lines deleted...]
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Event</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>15 May 2018, 00:00:00 (Tue)</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>07 Feb 2021, 23:59:59 (Sun)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Second Semester AY 2018-2019</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Validation for Advanced Credit</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>15 Dec 2018 (Sat)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>17 Jan 2019 (Thu)</t>
         </is>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Removal Examination Period</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>15 Dec 2018 (Sat)</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>04 Jan 2019 (Fri)</t>
         </is>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>General Waitlisting Period</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>03 Jan 2019 (Thu)</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>04 Jan 2019 (Fri)</t>
         </is>
       </c>
       <c r="E10" s="1"/>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>General Registration for Freshmen, Graduating, PWDs, Varsity, HASPAG, and Graduate Students</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>07 Jan 2019, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>07 Jan 2019, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="E11" s="1"/>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>07 Jan 2019 (Mon)</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>02 Jun 2019 (Sun)</t>
         </is>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>07 Jan 2019, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>30 Jun 2019, 23:59:59 (Sun)</t>
         </is>
       </c>
       <c r="E13" s="1"/>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>General Registration</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>07 Jan 2019, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>09 Jan 2019, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>General Registration for All UPD Undergraduate and Graduate Students</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>08 Jan 2019, 00:00:00 (Tue)</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>09 Jan 2019, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>General Registration for All Students, including Cross-Registrants/Non-Degree/Special Students</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>09 Jan 2019, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>Auto-Relinquish Date</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>09 Jan 2019, 04:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Official Class Period</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>11 Jan 2019 (Fri)</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>14 May 2019 (Tue)</t>
         </is>
       </c>
       <c r="E18" s="1"/>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>Deadline for Students to Withdraw Enlistments</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>11 Jan 2019, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Change of Matriculation</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>18 Jan 2019, 00:00:00 (Fri)</t>
         </is>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Second Semester 2018-2019</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>18 Jan 2019, 00:00:00 (Fri)</t>
         </is>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Second Semester 2018-2019</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>Deadline of Application for Graduation for Graduating Students</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>25 Jan 2019, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>Deadline for Colleges to Submit to OUR the Approved List of Candidates for Graduation</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>25 Jan 2019, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>Curriculum Committee Meeting</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Meeting</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>28 Jan 2019, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>Deadline for Colleges to Submit to OUR the Tentative List of Candidates for Graduation</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>01 Feb 2019, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>University Council Meeting to Recommend for BOR Approval the List of Candidates for Graduation</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Meeting</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>18 Feb 2019, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>EDSA Day</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>25 Feb 2019 (Mon)</t>
         </is>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>Mid-Semester</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>12 Mar 2019 (Tue)</t>
         </is>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>Araw ng Kagitingan</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>09 Apr 2019 (Tue)</t>
         </is>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>Deadline for Dropping of Subjects</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>11 Apr 2019, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>Deadline for Filing Leave of Absence (LOA)</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>29 Apr 2019, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>Labor Day</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>01 May 2019 (Wed)</t>
         </is>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>Integration Period</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>15 May 2019 (Wed)</t>
         </is>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>Final Examinations</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>16 May 2019 (Thu)</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>23 May 2019 (Thu)</t>
         </is>
       </c>
       <c r="E34" s="1"/>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>Last Day for Graduating Students to Clear Their Deficiencies</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>24 May 2019, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>Deadline of Grade Submission for All Students</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>31 May 2019 (Fri)</t>
         </is>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>SET Results Availability</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>General</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>05 Jun 2019, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>Last Day of Enrollment for Residency Purposes</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>28 Jul 2019 (Sun)</t>
         </is>
       </c>
       <c r="D38" s="1"/>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Second Semester 2018-2019</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>