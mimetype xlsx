--- v0 (2025-11-10)
+++ v1 (2026-03-24)
@@ -15,724 +15,730 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Midyear Term 2020" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="5">
+    <font>
+      <name val="Arial"/>
+      <charset val="1"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <family val="0"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border diagonalDown="false" diagonalUp="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Regular Academic Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Midyear Term 2020</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Important: This calendar is an amalgamation of the official calendars approved by the BOR (Board of Regents) and the OUR (Office of the University Registrar). For the official calendar published by the BOR, you may get a copy in their website (http://upd.edu.ph).</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4"/>
-[...1 lines deleted...]
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Event</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>General Waitlisting Period</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>03 Jun 2020 (Wed)</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>22 Jun 2020 (Mon)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Validation for Advanced Credit</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>15 Jun 2020 (Mon)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>08 Jul 2020 (Wed)</t>
         </is>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Removal Examination Period</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>17 Jun 2020 (Wed)</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>27 Jun 2020 (Sat)</t>
         </is>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>29 Jun 2020 (Mon)</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>08 Sep 2020 (Tue)</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>General Registration</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>29 Jun 2020, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>30 Jun 2020, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>General Registration for Freshmen, Graduating, PWDs, Varsity, HASPAG, and Graduate Students</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>29 Jun 2020, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>30 Jun 2020, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>29 Jun 2020, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>08 Sep 2020, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>General Registration for All UPD Undergraduate and Graduate Students</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>30 Jun 2020, 00:00:00 (Tue)</t>
         </is>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>General Registration for All Students, including Cross-Registrants/Non-Degree/Special Students</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>30 Jun 2020, 00:00:00 (Tue)</t>
         </is>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>Auto-Relinquish Date</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>30 Jun 2020, 04:00:00 (Tue)</t>
         </is>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>Official Class Period</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>02 Jul 2020 (Thu)</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>05 Aug 2020 (Wed)</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Deadline for Students to Withdraw Enlistments</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>02 Jul 2020, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Change of Matriculation</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>10 Jul 2020, 00:00:00 (Fri)</t>
         </is>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Mid-Semester</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>20 Jul 2020 (Mon)</t>
         </is>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>06 Aug 2020, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>12 Sep 2021, 23:59:59 (Sun)</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>Final Examinations</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>07 Aug 2020 (Fri)</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>10 Aug 2020 (Mon)</t>
         </is>
       </c>
       <c r="E22" s="1"/>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>10 Aug 2020, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>Deadline of Grade Submission for All Students</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>20 Aug 2020 (Thu)</t>
         </is>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>Last Day of Enrollment for Residency Purposes</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>08 Sep 2020 (Tue)</t>
         </is>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Midyear 2020</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>