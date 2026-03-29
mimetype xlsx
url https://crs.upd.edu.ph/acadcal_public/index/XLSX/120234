--- v0 (2025-12-30)
+++ v1 (2026-03-29)
@@ -15,1100 +15,1106 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Midyear Term 2024" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="5">
+    <font>
+      <name val="Arial"/>
+      <charset val="1"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <family val="0"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border diagonalDown="false" diagonalUp="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Regular Academic Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Midyear Term 2024</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Important: This calendar is an amalgamation of the official calendars approved by the BOR (Board of Regents) and the OUR (Office of the University Registrar). For the official calendar published by the BOR, you may get a copy in their website (http://upd.edu.ph).</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4"/>
-[...1 lines deleted...]
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Event</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Curriculum Committee Meeting</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Meeting</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>04 Mar 2024, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Validation for Advanced Credit</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>13 Jun 2024 (Thu)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>08 Jul 2024 (Mon)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Deadline for Colleges to Submit Appeals/Cases for CSAPG Consideration</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>13 Jun 2024, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Removal Examination Period</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>17 Jun 2024 (Mon)</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>24 Jun 2024 (Mon)</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>General Waitlisting Period</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>25 Jun 2024 (Tue)</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>26 Jun 2024 (Wed)</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>27 Jun 2024 (Thu)</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>13 Aug 2024 (Tue)</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>General Registration for All Students, including Cross-Registrants/Non-Degree/Special Students</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>27 Jun 2024, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>28 Jun 2024, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>General Registration for All UPD Undergraduate and Graduate Students</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>27 Jun 2024, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>28 Jun 2024, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>General Registration for Freshmen, Graduating, PWDs, Varsity, HASPAG, and Graduate Students</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>27 Jun 2024, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>28 Jun 2024, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>General Registration</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>27 Jun 2024, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>28 Jun 2024, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>27 Jun 2024, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>13 Aug 2024, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Auto-Relinquish Date</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>28 Jun 2024, 04:00:00 (Fri)</t>
         </is>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>Committee On Student Admissions, Progress and Graduation (CSAPG) Meeting</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Meeting</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>01 Jul 2024, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Official Class Period</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>02 Jul 2024 (Tue)</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>05 Aug 2024 (Mon)</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>Deadline for Students to Withdraw Enlistments</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>02 Jul 2024, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>Deadline of Application for Graduation for Graduating Students</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>09 Jul 2024, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Change of Matriculation</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>09 Jul 2024, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>09 Jul 2024, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>Deadline for Colleges to Submit to OUR the Approved List of Candidates for Graduation</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>12 Jul 2024, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>2nd Sem 2023 -2024</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>Deadline for Colleges to Submit to OUR the Tentative List of Candidates for Graduation</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>17 Jul 2024, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>Mid-Semester</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>18 Jul 2024 (Thu)</t>
         </is>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>University Council Meeting to Recommend for BOR Approval the List of Candidates for Graduation</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Meeting</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>22 Jul 2024, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>2nd Sem 2023-2024</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>Last Day for Graduating Students to Clear Their Deficiencies</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>26 Jul 2024, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>Deadline for Dropping of Subjects</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>29 Jul 2024, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>Deadline for Filing Leave of Absence (LOA)</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>02 Aug 2024, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024(for those enrolled)</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>Integration Period</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>06 Aug 2024 (Tue)</t>
         </is>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>06 Aug 2024, 00:00:00 (Tue)</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>05 Aug 2025, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>Final Examinations</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>07 Aug 2024 (Wed)</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>08 Aug 2024 (Thu)</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>Deadline of Grade Submission for All Students</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>13 Aug 2024 (Tue)</t>
         </is>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>Last Day of Enrollment for Residency Purposes</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>13 Aug 2024 (Tue)</t>
         </is>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>SET Results Availability</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>General</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>23 Aug 2024, 00:00:00 (Fri)</t>
         </is>
       </c>
       <c r="D37" s="1"/>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Midyear 2024</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>