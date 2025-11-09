--- v0 (2025-10-03)
+++ v1 (2025-11-09)
@@ -787,100 +787,100 @@
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Meeting</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>15 Sep 2025, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Midyear 2025</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>Expiration for Temporary Student Accounts</t>
+          <t>Mid-Semester</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Deadline</t>
+          <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>30 Sep 2025, 23:59:59 (Tue)</t>
+          <t>08 Oct 2025 (Wed)</t>
         </is>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>1st 2025-2026</t>
+          <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>Complementary Activity</t>
+          <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>Mid-Semester</t>
+          <t>Expiration for Temporary Student Accounts</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Class-Related Events</t>
+          <t>Deadline</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>08 Oct 2025 (Wed)</t>
+          <t>10 Oct 2025, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>1st Semester 2025-2026</t>
+          <t>1st 2025-2026</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>BOR Approved</t>
+          <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>Curriculum Committee Meeting</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Meeting</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>03 Nov 2025, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>1st Semester 2025-2026</t>
         </is>
       </c>