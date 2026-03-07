--- v1 (2025-11-09)
+++ v2 (2026-03-07)
@@ -275,172 +275,172 @@
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>29 Jul 2025 (Tue)</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>05 Aug 2025 (Tue)</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>General Registration for Freshmen, Graduating, PWDs, Varsity, HASPAG, and Graduate Students</t>
+          <t>General Registration</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>06 Aug 2025, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>08 Aug 2025, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>Academic Term Duration</t>
+          <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>06 Aug 2025 (Wed)</t>
+          <t>06 Aug 2025, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>13 Jan 2026 (Tue)</t>
+          <t>13 Jan 2026, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>General Registration</t>
+          <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Registration Events</t>
+          <t>Time Period</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>06 Aug 2025, 00:00:00 (Wed)</t>
+          <t>06 Aug 2025 (Wed)</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>08 Aug 2025, 23:59:59 (Fri)</t>
+          <t>13 Jan 2026 (Tue)</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>BOR Approved</t>
+          <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>Term Duration for Grade Completion</t>
+          <t>General Registration for Freshmen, Graduating, PWDs, Varsity, HASPAG, and Graduate Students</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Time Period</t>
+          <t>Registration Events</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>06 Aug 2025, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>13 Jan 2026, 23:59:59 (Tue)</t>
+          <t>08 Aug 2025, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
-          <t>Complementary Activity</t>
+          <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>General Registration for All UPD Undergraduate and Graduate Students</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>07 Aug 2025, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>08 Aug 2025, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
@@ -619,95 +619,95 @@
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>18 Aug 2025, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>03 Nov 2025, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>Deadline of Application for Graduation for Graduating Students</t>
+          <t>Deadline for Colleges to Submit to OUR the Approved List of Candidates for Graduation</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>26 Aug 2025, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>1st Semester 2025-2026</t>
+          <t>Midyear 2025</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>Deadline for Colleges to Submit to OUR the Approved List of Candidates for Graduation</t>
+          <t>Deadline of Application for Graduation for Graduating Students</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>26 Aug 2025, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>Midyear 2025</t>
+          <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>31 Aug 2025, 23:59:59 (Sun)</t>
         </is>
       </c>
       <c r="D23" s="1"/>
@@ -940,51 +940,55 @@
           <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>06 Dec 2025, 00:00:00 (Sat)</t>
         </is>
       </c>
-      <c r="D32" s="1"/>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>01 Aug 2026, 23:59:59 (Sat)</t>
+        </is>
+      </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>1st Semester 2025-2026</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>Integration Period</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>06 Dec 2025 (Sat)</t>