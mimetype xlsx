--- v0 (2026-02-02)
+++ v1 (2026-03-16)
@@ -759,128 +759,128 @@
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>10 Feb 2026, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>2nd 2025-2026</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>Expiration for Temporary Student Accounts</t>
+          <t>University Council Meeting to Recommend for BOR Approval the List of Candidates for Graduation</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Deadline</t>
+          <t>Meeting</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>15 Feb 2026, 23:59:59 (Sun)</t>
+          <t>23 Feb 2026, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>2nd 25-26</t>
+          <t>1st 2025-2026</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
-          <t>Complementary Activity</t>
+          <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>University Council Meeting to Recommend for BOR Approval the List of Candidates for Graduation</t>
+          <t>Curriculum Committee Meeting</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Meeting</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>23 Feb 2026, 00:00:00 (Mon)</t>
+          <t>02 Mar 2026, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>1st 2025-2026</t>
+          <t>2nd 2025-2026</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>Curriculum Committee Meeting</t>
+          <t>Expiration for Temporary Student Accounts</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Meeting</t>
+          <t>Deadline</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>02 Mar 2026, 00:00:00 (Mon)</t>
+          <t>14 Mar 2026, 23:59:59 (Sat)</t>
         </is>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>2nd 2025-2026</t>
+          <t>2nd 25-26</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>BOR Approved</t>
+          <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>Mid-Semester</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>17 Mar 2026 (Tue)</t>
         </is>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>2nd 2025-2026</t>
         </is>
       </c>
@@ -942,51 +942,51 @@
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>23 May 2026, 00:00:00 (Sat)</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>14 Jan 2027, 23:59:59 (Thu)</t>
+          <t>04 Jul 2027, 23:59:59 (Sun)</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>2nd 2025-2026</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>Integration Period</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">