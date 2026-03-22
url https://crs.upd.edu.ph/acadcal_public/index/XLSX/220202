--- v0 (2026-01-10)
+++ v1 (2026-03-22)
@@ -15,644 +15,650 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Second Trimester AY 2020-2021" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="5">
+    <font>
+      <name val="Arial"/>
+      <charset val="1"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <family val="0"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border diagonalDown="false" diagonalUp="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>MBA and MS Fin Academic Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Second Trimester AY 2020-2021</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Important: This calendar is an amalgamation of the official calendars approved by the VSB (Virata School of Business) and the OUR (Office of the University Registrar). For the official calendar published by the VSB, you may get a copy in their website (http://cba.upd.edu.ph).</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4"/>
-[...1 lines deleted...]
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Event</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>01 Mar 2021, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>06 Jul 2021, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="E7" s="1"/>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>General Registration</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>01 Mar 2021, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>02 Mar 2021, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>01 Mar 2021 (Mon)</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>06 Jul 2021 (Tue)</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Auto-Relinquish Date</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>02 Mar 2021, 04:00:00 (Tue)</t>
         </is>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Official Class Period</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>03 Mar 2021 (Wed)</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>08 Jun 2021 (Tue)</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>Deadline for Late Registration</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>06 Mar 2021 (Sat)</t>
         </is>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Change of Matriculation</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>10 Mar 2021, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>10 Mar 2021, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>Mid-Trimester</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>30 Apr 2021 (Fri)</t>
         </is>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>Deadline for Dropping of Subjects</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>18 May 2021, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>Deadline for Filing Leave of Absence (LOA)</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>25 May 2021, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Deadline of Application for Graduation for Graduating Students</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>01 Jun 2021, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>09 Jun 2021, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>03 Jul 2022, 23:59:59 (Sun)</t>
         </is>
       </c>
       <c r="E19" s="1"/>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Final Examinations</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>09 Jun 2021 (Wed)</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>11 Jun 2021 (Fri)</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>Deadline of Grade Submission for All Students</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>21 Jun 2021 (Mon)</t>
         </is>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>Last Day of Enrollment for Residency Purposes</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>06 Jul 2021 (Tue)</t>
         </is>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>MBA Second Trimester AY 2020-2021</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>