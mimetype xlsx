--- v0 (2025-12-31)
+++ v1 (2026-03-30)
@@ -15,628 +15,634 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Second Trimester AY 2023-2024" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="5">
+    <font>
+      <name val="Arial"/>
+      <charset val="1"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <family val="0"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border diagonalDown="false" diagonalUp="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>MBA and MS Fin Academic Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Second Trimester AY 2023-2024</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Important: This calendar is an amalgamation of the official calendars approved by the VSB (Virata School of Business) and the OUR (Office of the University Registrar). For the official calendar published by the VSB, you may get a copy in their website (http://cba.upd.edu.ph).</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4"/>
-[...1 lines deleted...]
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Event</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>29 Jan 2024 (Mon)</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>22 May 2024 (Wed)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>General Registration</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>29 Jan 2024, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>31 Jan 2024, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>29 Jan 2024, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>22 May 2024, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Official Class Period</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>01 Feb 2024 (Thu)</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>08 May 2024 (Wed)</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Deadline for Students to Withdraw Enlistments</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>01 Feb 2024, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>08 Feb 2024, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Change of Matriculation</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>08 Feb 2024, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>Mid-Trimester</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>15 Mar 2024 (Fri)</t>
         </is>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>Deadline for Dropping of Subjects</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>16 Apr 2024, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>Deadline for Filing Leave of Absence (LOA)</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>24 Apr 2024, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>09 May 2024, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>28 Apr 2025, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Final Examinations</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>09 May 2024 (Thu)</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>14 May 2024 (Tue)</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>Deadline of Grade Submission for All Students</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>21 May 2024 (Tue)</t>
         </is>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Last Day of Enrollment for Residency Purposes</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>22 May 2024 (Wed)</t>
         </is>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>SET Results Availability</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>General</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>28 May 2024, 00:00:00 (Tue)</t>
         </is>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>2nd Trim 2023-2024</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>