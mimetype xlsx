--- v0 (2025-10-13)
+++ v1 (2025-11-12)
@@ -179,108 +179,108 @@
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>General Registration</t>
+          <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Registration Events</t>
+          <t>Time Period</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>03 Sep 2025, 00:00:00 (Wed)</t>
+          <t>03 Sep 2025 (Wed)</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>05 Sep 2025, 23:59:59 (Fri)</t>
+          <t>04 Jan 2026 (Sun)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>First Trimester 2025-2026</t>
+          <t> First Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>BOR Approved</t>
+          <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>Academic Term Duration</t>
+          <t>General Registration</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Time Period</t>
+          <t>Registration Events</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>03 Sep 2025 (Wed)</t>
+          <t>03 Sep 2025, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>04 Jan 2026 (Sun)</t>
+          <t>05 Sep 2025, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t> First Trimester 2025-2026</t>
+          <t>First Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>Complementary Activity</t>
+          <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>03 Sep 2025, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>04 Jan 2026, 23:59:59 (Sun)</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
@@ -363,51 +363,51 @@
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>08 Sep 2025, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>First Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>Last Day of Payment for Change of Matriculation</t>
+          <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>15 Sep 2025, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>First Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
@@ -419,51 +419,51 @@
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>15 Sep 2025 (Mon)</t>
         </is>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>First Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>Last Day of Payment for Registration</t>
+          <t>Last Day of Payment for Change of Matriculation</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>15 Sep 2025, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>First Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">