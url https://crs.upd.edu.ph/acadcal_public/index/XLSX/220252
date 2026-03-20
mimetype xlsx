--- v0 (2026-01-09)
+++ v1 (2026-03-20)
@@ -15,680 +15,686 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Second Trimester AY 2025-2026" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="5">
+    <font>
+      <name val="Arial"/>
+      <charset val="1"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <family val="0"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border diagonalDown="false" diagonalUp="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:G23"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>MBA and MS Fin Academic Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Second Trimester AY 2025-2026</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Important: This calendar is an amalgamation of the official calendars approved by the VSB (Virata School of Business) and the OUR (Office of the University Registrar). For the official calendar published by the VSB, you may get a copy in their website (http://cba.upd.edu.ph).</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4"/>
-[...1 lines deleted...]
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Event</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>General Registration</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>05 Jan 2026, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>07 Jan 2026, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>05 Jan 2026 (Mon)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>27 Apr 2026 (Mon)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Auto-Relinquish Date</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>07 Jan 2026, 04:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Official Class Period</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>08 Jan 2026 (Thu)</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>08 Apr 2026 (Wed)</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Deadline for Students to Withdraw Enlistments</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>08 Jan 2026, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>Deadline for Late Registration</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>15 Jan 2026 (Thu)</t>
         </is>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Change of Matriculation</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>22 Jan 2026, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>Deadline of Grade Submission for Graduating Students</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>22 Jan 2026, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>22 Jan 2026, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>Mid-Trimester</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>18 Feb 2026 (Wed)</t>
         </is>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>Deadline for Dropping of Subjects</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>11 Mar 2026, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Deadline for Filing Leave of Absence (LOA)</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>25 Mar 2026, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>09 Apr 2026, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>24 Apr 2027, 23:59:59 (Sat)</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Final Examinations</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>09 Apr 2026 (Thu)</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>16 Apr 2026 (Thu)</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>Deadline of Grade Submission for All Students</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>25 Apr 2026 (Sat)</t>
         </is>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>Last Day of Enrollment for Residency Purposes</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>27 Apr 2026 (Mon)</t>
         </is>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>SET Results Availability</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>General</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>02 May 2026, 00:00:00 (Sat)</t>
         </is>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Second Trimester 2025-2026</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>