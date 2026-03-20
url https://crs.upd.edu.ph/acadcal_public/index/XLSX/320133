--- v0 (2025-10-13)
+++ v1 (2026-03-20)
@@ -15,736 +15,742 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Third Trimester AY 2013-2014" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="5">
+    <font>
+      <name val="Arial"/>
+      <charset val="1"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <family val="0"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border diagonalDown="false" diagonalUp="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>MS Finance FT Academic Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Third Trimester AY 2013-2014</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Important: This calendar is an amalgamation of the official calendars approved by the VSB (Virata School of Business) and the OUR (Office of the University Registrar). For the official calendar published by the VSB, you may get a copy in their website (http://cba.upd.edu.ph).</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4"/>
-[...1 lines deleted...]
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Event</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>02 Jan 2014 (Thu)</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>01 Aug 2014 (Fri)</t>
         </is>
       </c>
       <c r="E7" s="1"/>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>02 Jan 2014, 00:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>01 Aug 2014, 00:00:00 (Fri)</t>
         </is>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>General Registration</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>02 Jan 2014, 18:00:00 (Thu)</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>03 Jan 2014, 21:00:00 (Fri)</t>
         </is>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Official Class Period</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>07 Jan 2014 (Tue)</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>28 Mar 2014 (Fri)</t>
         </is>
       </c>
       <c r="E10" s="1"/>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Deadline for Late Registration</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>15 Jan 2014 (Wed)</t>
         </is>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>Comprehensive Examination Registration</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>04 Feb 2014, 00:00:00 (Tue)</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>07 Feb 2014, 00:00:00 (Fri)</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>For MSF (Tentative)</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>Course Evaluation (Initial)</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>04 Feb 2014 (Tue)</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>07 Feb 2014 (Fri)</t>
         </is>
       </c>
       <c r="E13" s="1"/>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>Comprehensive Examination</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>15 Feb 2014, 00:00:00 (Sat)</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>22 Feb 2014, 00:00:00 (Sat)</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>For MSF</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>Mid-Trimester</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>20 Feb 2014 (Thu)</t>
         </is>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>EDSA Day</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>25 Feb 2014 (Tue)</t>
         </is>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>Deadline for Dropping of Subjects</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>05 Mar 2014, 17:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Deadline for Filing Leave of Absence (LOA)</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>12 Mar 2014, 17:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Applies to both enrolled and not currrently enrolled students who wish to go on leave.</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>Deadline of Application for Graduation for Graduating Students</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>19 Mar 2014, 17:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Final Examinations</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>31 Mar 2014 (Mon)</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>02 Apr 2014 (Wed)</t>
         </is>
       </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>Araw ng Kagitingan</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>09 Apr 2014 (Wed)</t>
         </is>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>Deadline of Grade Submission for All Students</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>10 Apr 2014 (Thu)</t>
         </is>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>Maundy Thursday</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>17 Apr 2014 (Thu)</t>
         </is>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>Good Friday</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>18 Apr 2014 (Fri)</t>
         </is>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>Labor Day</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>01 May 2014 (Thu)</t>
         </is>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>Independence Day</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>12 Jun 2014 (Thu)</t>
         </is>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>Eid'l Fitr</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Holiday</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>29 Jul 2014 (Tue)</t>
         </is>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>