--- v0 (2025-12-26)
+++ v1 (2026-03-24)
@@ -15,600 +15,606 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="First Trimester AY 2023-2024" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="5">
+    <font>
+      <name val="Arial"/>
+      <charset val="1"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="0"/>
+      <sz val="10"/>
+    </font>
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <family val="0"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border diagonalDown="false" diagonalUp="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:G20"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>MSI - PM Academic Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First Trimester AY 2023-2024</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Important: This calendar is an amalgamation of the official calendars approved by the MSI (Marine Science Institute) and the OUR (Office of the University Registrar).</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4"/>
-[...1 lines deleted...]
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Event</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>25 Sep 2023 (Mon)</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t>04 Feb 2024 (Sun)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>General Registration</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>25 Sep 2023, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>29 Sep 2023, 23:59:59 (Fri)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>25 Sep 2023, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>04 Feb 2024, 23:59:59 (Sun)</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Official Class Period</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>02 Oct 2023 (Mon)</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>22 Dec 2023 (Fri)</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Change of Matriculation</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>02 Oct 2023, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>02 Oct 2023, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>Deadline of Application for Graduation for Graduating Students</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>16 Oct 2023, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2022-2023</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>Deadline for Dropping of Subjects</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>04 Dec 2023, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>Deadline for Filing Leave of Absence (LOA)</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>07 Dec 2023, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>Final Examinations</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>15 Jan 2024 (Mon)</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>19 Jan 2024 (Fri)</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>20 Jan 2024, 00:00:00 (Sat)</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>09 Jan 2025, 23:59:59 (Thu)</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>Deadline of Grade Submission for All Students</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>26 Jan 2024 (Fri)</t>
         </is>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>SET Results Availability</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>General</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>31 Jan 2024, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Last Day of Enrollment for Residency Purposes</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>04 Feb 2024 (Sun)</t>
         </is>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>1st Trim 2023-2024</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>