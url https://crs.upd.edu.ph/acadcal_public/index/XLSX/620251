--- v0 (2025-10-11)
+++ v1 (2025-12-09)
@@ -179,98 +179,98 @@
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>Academic Term Duration</t>
+          <t>Term Duration for Grade Completion</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>01 Sep 2025 (Mon)</t>
+          <t>01 Sep 2025, 00:00:00 (Mon)</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>04 Jan 2026 (Sun)</t>
+          <t>04 Jan 2026, 23:59:59 (Sun)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>First Trimester MSI-PM 2025-2026</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>Term Duration for Grade Completion</t>
+          <t>Academic Term Duration</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Time Period</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>01 Sep 2025, 00:00:00 (Mon)</t>
+          <t>01 Sep 2025 (Mon)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>04 Jan 2026, 23:59:59 (Sun)</t>
+          <t>04 Jan 2026 (Sun)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>First Trimester MSI-PM 2025-2026</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>General Registration</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Registration Events</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
@@ -307,79 +307,79 @@
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>08 Sep 2025 (Mon)</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>02 Dec 2025 (Tue)</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>First Trimester MSI-PM 2025-2026</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>Last Day of Payment for Registration</t>
+          <t>Deadline for Students to Withdraw Enlistments</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>08 Sep 2025, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>First Trimester MSI-PM 2025-2026</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>Deadline for Students to Withdraw Enlistments</t>
+          <t>Last Day of Payment for Registration</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>08 Sep 2025, 23:59:59 (Mon)</t>
         </is>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>First Trimester MSI-PM 2025-2026</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Complementary Activity</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
@@ -447,98 +447,98 @@
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Deadline</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>18 Nov 2025, 23:59:59 (Tue)</t>
         </is>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>First Trimester MSI-PM 2025-2026</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>Final Examinations</t>
+          <t>Period for Grade Completion</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Class-Related Events</t>
+          <t>Time Period</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>03 Dec 2025 (Wed)</t>
+          <t>03 Dec 2025, 00:00:00 (Wed)</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>11 Dec 2025 (Thu)</t>
+          <t>19 Aug 2026, 23:59:59 (Wed)</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>First Trimester MSI-PM 2025-2026</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>Period for Grade Completion</t>
+          <t>Final Examinations</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Time Period</t>
+          <t>Class-Related Events</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>03 Dec 2025, 00:00:00 (Wed)</t>
+          <t>03 Dec 2025 (Wed)</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>19 Aug 2026, 23:59:59 (Wed)</t>
+          <t>11 Dec 2025 (Thu)</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>First Trimester MSI-PM 2025-2026</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>BOR Approved</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>SET Results Availability</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>General</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">